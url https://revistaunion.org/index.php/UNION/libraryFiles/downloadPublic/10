--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -1,115 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="2A225B8E" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Declaración de Conflicto de Intereses y Originalidad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="005A7486">
-[...33 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="031F1C0C" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="005A7486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B83BA72" w14:textId="36D73F5D" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fecha </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD60F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD60F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB28C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67948932" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -157,1127 +208,1108 @@
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="48603594" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Equipo Editorial</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="005A7486">
+    <w:p w14:paraId="2DF4569E" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="005A7486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="11ABBBCD" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Revista UNIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="005A7486">
+    <w:p w14:paraId="04505722" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="005A7486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="192B548C" w14:textId="4C11737E" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por medio de la presente carta y de acuerdo con las instrucciones para autores dadas por la Revista Unión, los autores que aparecen listados </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+        <w:t>Por medio de la presente carta y de acuerdo con las instrucciones para autores dadas por la Revista Unión, los autores que aparecen listados abajo sometemos para que se considere su publicación, el artículo titulado: “</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD60F1" w:rsidRPr="00BD60F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>Uso de Marcos Teóricos en Tesis de Educación Matemática: Una Revisión de la Producción Académica en Universidades de Chimborazo, Ecuador</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E57443F" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Al someter su trabajo a evaluación y eventual publicación, los autores manifiestan </w:t>
-[...31 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+        <w:t xml:space="preserve">Al someter su trabajo a evaluación y eventual publicación, los autores manifiestan estar de acuerdo con las políticas de originalidad, responsabilidad de autoría y conflicto de intereses que se expresan abajo. Para tal fin el o los autores certifican por medio de la presente que: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E1E001" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. El documento es original e inédito, es decir que no se encuentra publicado bien </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+        <w:t>1. El documento es original e inédito, es decir que no se encuentra publicado bien sea en su idioma original o como traducción y que está siendo evaluado exclusivamente por la revista Unión, sin sometimiento parcial ni totalmente en otra revista científica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485B6C44" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t>2. Los autores han participado integralmente en el desarrollo de la investigación</w:t>
-[...31 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125" w:rsidP="006412C4">
+        <w:t xml:space="preserve">2. Los autores han participado integralmente en el desarrollo de la investigación y del manuscrito que de ella se deriva de acuerdo con los parámetros establecidos en las instrucciones de la revista y por tanto están de acuerdo con el contenido del documento presentado, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>con el orden de aparición de cada uno y que no existen personas adicionales que no hayan sido incluidos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765547BD" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125" w:rsidP="006412C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">No existen conflictos de intereses que puedan afectar el contenido, resultados o conclusiones del artículo. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="005A7486">
+    <w:p w14:paraId="40AE1219" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="005A7486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="70F92D69" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t>En conformidad con lo ante</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="005A7486">
+        <w:t>En conformidad con lo anterior se listan los autores del documento sometido:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224FF74E" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="005A7486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8755" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6066"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A7486" w:rsidTr="006412C4">
+      <w:tr w:rsidR="005A7486" w14:paraId="08C960F7" w14:textId="77777777" w:rsidTr="006412C4">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+          <w:p w14:paraId="70CF1D03" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nombre autores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+          <w:p w14:paraId="5498E656" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Institución</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7486" w:rsidTr="006412C4">
+      <w:tr w:rsidR="005A7486" w14:paraId="661E9637" w14:textId="77777777" w:rsidTr="006412C4">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+          <w:p w14:paraId="3099908A" w14:textId="6B0438CF" w:rsidR="005A7486" w:rsidRDefault="00EB28C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patricia </w:t>
+              <w:t>Fernando Villacrés</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125" w:rsidP="006412C4">
+          <w:p w14:paraId="0E4AC970" w14:textId="74161D12" w:rsidR="005A7486" w:rsidRDefault="00EB28C1" w:rsidP="006412C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Facultad de Economía y Administración – Un</w:t>
-[...33 lines deleted...]
-              <w:t>Argentina</w:t>
+              <w:t>Centro de Investigación y Estudios Avanzados del Instituto Politécnico Nacional, México</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7486" w:rsidTr="006412C4">
+      <w:tr w:rsidR="005A7486" w:rsidRPr="00EB28C1" w14:paraId="36109A66" w14:textId="77777777" w:rsidTr="006412C4">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+          <w:p w14:paraId="3E75B597" w14:textId="370DAD40" w:rsidR="005A7486" w:rsidRDefault="00EB28C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rosa </w:t>
+              <w:t>Rubén Pazmiño</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+          <w:p w14:paraId="44C43420" w14:textId="163E4EC1" w:rsidR="005A7486" w:rsidRPr="00EB28C1" w:rsidRDefault="00EB28C1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB28C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>Facultad de Ciencias de la Educación</w:t>
+              <w:t>Escuela</w:t>
             </w:r>
-            <w:r w:rsidR="006412C4">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB28C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Superior Politécnica de Chimborazo, E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Universidad Nacional </w:t>
-[...25 lines deleted...]
-              <w:t>, Argentina</w:t>
+              <w:t>cuador</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="006412C4">
+    <w:p w14:paraId="55639AEC" w14:textId="77777777" w:rsidR="00BD60F1" w:rsidRDefault="00BD60F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="1C5AEDBA" w14:textId="77777777" w:rsidR="00BD60F1" w:rsidRDefault="00BD60F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E6FAF0" w14:textId="77777777" w:rsidR="00BD60F1" w:rsidRDefault="00BD60F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="183DC66B" w14:textId="77777777" w:rsidR="00BD60F1" w:rsidRDefault="00BD60F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17B917A4" w14:textId="77777777" w:rsidR="00BD60F1" w:rsidRDefault="00BD60F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73AA9421" w14:textId="77777777" w:rsidR="00BD60F1" w:rsidRDefault="00BD60F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36000EAD" w14:textId="32CCBE3A" w:rsidR="005A7486" w:rsidRDefault="006412C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00AD3125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
         <w:t>ordialmente,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="006412C4">
+    <w:p w14:paraId="3B3FD199" w14:textId="6C187DE8" w:rsidR="005A7486" w:rsidRDefault="00BD60F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:lang w:eastAsia="es-AR"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03212148" wp14:editId="29067B88">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Imagen 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DFDE812" wp14:editId="7201A6C1">
+            <wp:extent cx="1546859" cy="982980"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="816008382" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 16"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
+                    <a:srcRect t="9549" b="8329"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2291572" cy="546256"/>
+                      <a:ext cx="1560788" cy="991831"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="1A58B0C1" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="57818B3E" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="1FC7AD08" w14:textId="5DB15473" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nombre: Patricia </w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+        <w:t xml:space="preserve">Nombre: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB28C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>Fernando Villacrés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A45C7C6" w14:textId="7BA50736" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-CO"/>
         </w:rPr>
-        <w:t>Correo electrónico: pdetzel@gmail.com</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve">Correo electrónico: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB28C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>fernando.villacres</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB28C1" w:rsidRPr="00EB28C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB28C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-CO"/>
+        </w:rPr>
+        <w:t>cinvestav.mx</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="005A7486">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AD3125" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="33531052" w14:textId="77777777" w:rsidR="00B060D0" w:rsidRDefault="00B060D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AD3125" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="39FF6183" w14:textId="77777777" w:rsidR="00B060D0" w:rsidRDefault="00B060D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AD3125" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="4E230BCB" w14:textId="77777777" w:rsidR="00B060D0" w:rsidRDefault="00B060D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AD3125" w:rsidRDefault="00AD3125">
+    <w:p w14:paraId="547F775E" w14:textId="77777777" w:rsidR="00B060D0" w:rsidRDefault="00B060D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="005A7486" w:rsidRDefault="00AD3125">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17E5D789" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="00AD3125">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38EE4DD6" wp14:editId="292CE183">
           <wp:extent cx="1981200" cy="647700"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Imagen 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1981200" cy="647700"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005A7486" w:rsidRDefault="005A7486">
+  <w:p w14:paraId="678A6C0C" w14:textId="77777777" w:rsidR="005A7486" w:rsidRDefault="005A7486">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A7486"/>
+    <w:rsid w:val="001A7FBE"/>
     <w:rsid w:val="005A7486"/>
     <w:rsid w:val="006412C4"/>
+    <w:rsid w:val="007B0A76"/>
     <w:rsid w:val="00AD3125"/>
+    <w:rsid w:val="00B060D0"/>
+    <w:rsid w:val="00BD60F1"/>
+    <w:rsid w:val="00CE34F7"/>
+    <w:rsid w:val="00EB28C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="19BA1159"/>
   <w15:docId w15:val="{DC98CBBA-0562-4553-BA49-7D594E33EA55}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1605,50 +1637,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004951D4"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -1660,89 +1697,89 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
     <w:name w:val="Título Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:qFormat/>
     <w:rsid w:val="004951D4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="none" w:color="000000"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PuestoCar">
-    <w:name w:val="Puesto Car"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar1">
+    <w:name w:val="Título Car1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Puesto"/>
+    <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="004951D4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00A94A2F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00A94A2F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo">
-    <w:name w:val="Título"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo1">
+    <w:name w:val="Título1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Textoindependiente"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Lucida Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="140"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
     <w:basedOn w:val="Textoindependiente"/>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
@@ -1753,55 +1790,55 @@
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndice">
     <w:name w:val="Índice"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Puesto">
+  <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="PuestoCar"/>
+    <w:link w:val="TtuloCar1"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="004951D4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabeceraypie">
     <w:name w:val="Cabecera y pie"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
@@ -1812,55 +1849,55 @@
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A94A2F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -2086,72 +2123,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1561</Characters>
+  <Pages>2</Pages>
+  <Words>294</Words>
+  <Characters>1618</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1841</CharactersWithSpaces>
+  <CharactersWithSpaces>1909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>angela amarillo</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-AR</dc:language>
 </cp:coreProperties>
 </file>